--- v0 (2025-10-05)
+++ v1 (2025-12-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1646">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1704">
   <si>
     <t>Relatório Geral de Protocolos - SLAH</t>
   </si>
   <si>
     <t>Protocolo</t>
   </si>
   <si>
     <t>Processo</t>
   </si>
   <si>
     <t>Tipo</t>
   </si>
   <si>
     <t>Data de Entrada</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Descrição</t>
   </si>
   <si>
@@ -4949,51 +4949,225 @@
   <si>
     <t>APRESENTA A ATA DE PRESTAÇÃO DE CONTAS COM RELATÓRIO DO PRIMEIRO QUADRIMESTRE DE 2025.</t>
   </si>
   <si>
     <t>008/2025 INDICAÇÃO</t>
   </si>
   <si>
     <t>MELHORIAS NA SINALIZAÇÃO VIÁRIA E REGULAMENTAÇÃO DO TRÂNSITO DE VEÍCULOS PESADOS</t>
   </si>
   <si>
     <t>045/2025</t>
   </si>
   <si>
     <t>045/2025 PROJETO DE LEI - EXECUTIVO</t>
   </si>
   <si>
     <t>26/09/2025</t>
   </si>
   <si>
     <t>084/2025</t>
   </si>
   <si>
     <t>084/2025 OFÍCIOS</t>
   </si>
   <si>
-    <t>Total: 603</t>
+    <t>046/2025</t>
+  </si>
+  <si>
+    <t>046/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>07/10/2025</t>
+  </si>
+  <si>
+    <t>INCLUI DISPOSITIVOS NA LEI MUNICIPAL Nº 720/2022 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>047/2025</t>
+  </si>
+  <si>
+    <t>047/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>AUTORIZA O MUNICIPIO A DESAPROPRIAR IMOVEL DIANTE DO INTERESSE PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>087/2025</t>
+  </si>
+  <si>
+    <t>087/2025 OFÍCIOS</t>
+  </si>
+  <si>
+    <t>06/10/2025</t>
+  </si>
+  <si>
+    <t>CONVOCAÇÃO DE SESSAO EXTRAORDINARIA</t>
+  </si>
+  <si>
+    <t>090/2025</t>
+  </si>
+  <si>
+    <t>090/2025 OFÍCIOS</t>
+  </si>
+  <si>
+    <t>20/10/2025</t>
+  </si>
+  <si>
+    <t>048/2025</t>
+  </si>
+  <si>
+    <t>048/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>049/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>29/10/2025</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CRIAÇÃO DO MUSEU HISTÓRICO MUNICIPAL DE SÃO JORGE.</t>
+  </si>
+  <si>
+    <t>050/2025</t>
+  </si>
+  <si>
+    <t>050/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO A CELEBRAR TERMO DE DE ASSOCIAÇÃO COM A ATUASSERA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>051/2025</t>
+  </si>
+  <si>
+    <t>051/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>ESTIMA RECEITA E FIXA DESPESA DO MUNCIPIO DE SÃO JORGE PARA O EXERCÍCIO FINANCEIRO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>052/2025</t>
+  </si>
+  <si>
+    <t>052/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>ALTERA DISPOSITIVO DA LEI MUNICIPAL Nº 1916/2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>053/2025</t>
+  </si>
+  <si>
+    <t>053/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>054/2025</t>
+  </si>
+  <si>
+    <t>054/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE PROGRAMA DE ANISTIA E PARCELAMENTO ESPECIAL DE CRÉDITO TRIBUTÁRIOS E NÃO TRIBUTÁRIOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>055/2025</t>
+  </si>
+  <si>
+    <t>055/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>11/11/2025</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR SERVIDOR EM CARATER EERGENCIAL DE EXCEPCIONAL INTERESSE PÚBLICO E POR PRAZO DETERMINADO E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>056/2025</t>
+  </si>
+  <si>
+    <t>056/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>057/2025</t>
+  </si>
+  <si>
+    <t>057/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>12/11/2025</t>
+  </si>
+  <si>
+    <t>001/2025 DECRETOS</t>
+  </si>
+  <si>
+    <t>14/11/2025</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A APROVAÇÃO DE CONTAS DE GOVERNO DO PODER EXECUTIVO MUNICIPAL DE SÃO JORGE/RS REFERENTE AO EXERCÍCIO DE 2021.</t>
+  </si>
+  <si>
+    <t>009/2025 INDICAÇÃO</t>
+  </si>
+  <si>
+    <t>27/11/2025</t>
+  </si>
+  <si>
+    <t>PAVIMENTAÇÃO COM PARALELEPIPEDOS.</t>
+  </si>
+  <si>
+    <t>058/2025</t>
+  </si>
+  <si>
+    <t>058/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>25/11/2025</t>
+  </si>
+  <si>
+    <t>ALTERA A LEI 1648/2 E DÁ OUTRAS PROVIDENCIAS.</t>
+  </si>
+  <si>
+    <t>059/2025</t>
+  </si>
+  <si>
+    <t>059/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>ALTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR RECURSOS FINANCEITOS PARA ORGANIZAÇÃO DA SOCIEDADE CIVIL E DÁ OUTRAS PROVIDENCIAS.</t>
+  </si>
+  <si>
+    <t>060/2025</t>
+  </si>
+  <si>
+    <t>060/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>AUTORIZA O MUNICIPIO DE SAO JORGE A FIRMAR CONVENIO COM OS MUNICIPIOS DE NOVA PRATA, NOVA ARAÇA, ANDRE DA ROCHA, PROTASIO ALVES, GUABIJU, VISTA ALEGRE DO PRATA, NOVA BASSANO, CASEIROS, IBIRAIARAS E PARAI E DÁ OUTRAS PROVIDENCIAS.</t>
+  </si>
+  <si>
+    <t>Total: 622</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -5312,54 +5486,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G606"/>
+  <dimension ref="A1:G625"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C605" sqref="C605"/>
+      <selection activeCell="C624" sqref="C624"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
@@ -18261,52 +18435,486 @@
     </row>
     <row r="605" spans="1:7">
       <c r="A605">
         <v>20251227</v>
       </c>
       <c r="B605" t="s">
         <v>1643</v>
       </c>
       <c r="C605" s="2" t="s">
         <v>1644</v>
       </c>
       <c r="D605" t="s">
         <v>1642</v>
       </c>
       <c r="E605" t="s">
         <v>11</v>
       </c>
       <c r="F605" t="s">
         <v>16</v>
       </c>
       <c r="G605" t="s">
         <v>1452</v>
       </c>
     </row>
     <row r="606" spans="1:7">
-      <c r="A606" t="s">
+      <c r="A606">
+        <v>20251228</v>
+      </c>
+      <c r="B606" t="s">
         <v>1645</v>
+      </c>
+      <c r="C606" s="2" t="s">
+        <v>1646</v>
+      </c>
+      <c r="D606" t="s">
+        <v>1647</v>
+      </c>
+      <c r="E606" t="s">
+        <v>11</v>
+      </c>
+      <c r="F606" t="s">
+        <v>16</v>
+      </c>
+      <c r="G606" t="s">
+        <v>1648</v>
+      </c>
+    </row>
+    <row r="607" spans="1:7">
+      <c r="A607">
+        <v>20251229</v>
+      </c>
+      <c r="B607" t="s">
+        <v>1649</v>
+      </c>
+      <c r="C607" s="2" t="s">
+        <v>1650</v>
+      </c>
+      <c r="D607" t="s">
+        <v>1647</v>
+      </c>
+      <c r="E607" t="s">
+        <v>11</v>
+      </c>
+      <c r="F607" t="s">
+        <v>16</v>
+      </c>
+      <c r="G607" t="s">
+        <v>1651</v>
+      </c>
+    </row>
+    <row r="608" spans="1:7">
+      <c r="A608">
+        <v>20251230</v>
+      </c>
+      <c r="B608" t="s">
+        <v>1652</v>
+      </c>
+      <c r="C608" s="2" t="s">
+        <v>1653</v>
+      </c>
+      <c r="D608" t="s">
+        <v>1654</v>
+      </c>
+      <c r="E608" t="s">
+        <v>11</v>
+      </c>
+      <c r="F608" t="s">
+        <v>16</v>
+      </c>
+      <c r="G608" t="s">
+        <v>1655</v>
+      </c>
+    </row>
+    <row r="609" spans="1:7">
+      <c r="A609">
+        <v>20251231</v>
+      </c>
+      <c r="B609" t="s">
+        <v>1656</v>
+      </c>
+      <c r="C609" s="2" t="s">
+        <v>1657</v>
+      </c>
+      <c r="D609" t="s">
+        <v>1658</v>
+      </c>
+      <c r="E609" t="s">
+        <v>11</v>
+      </c>
+      <c r="F609" t="s">
+        <v>16</v>
+      </c>
+      <c r="G609" t="s">
+        <v>1092</v>
+      </c>
+    </row>
+    <row r="610" spans="1:7">
+      <c r="A610">
+        <v>20251232</v>
+      </c>
+      <c r="B610" t="s">
+        <v>1659</v>
+      </c>
+      <c r="C610" s="2" t="s">
+        <v>1660</v>
+      </c>
+      <c r="D610" t="s">
+        <v>1658</v>
+      </c>
+      <c r="E610" t="s">
+        <v>11</v>
+      </c>
+      <c r="F610" t="s">
+        <v>16</v>
+      </c>
+      <c r="G610" t="s">
+        <v>1023</v>
+      </c>
+    </row>
+    <row r="611" spans="1:7">
+      <c r="A611">
+        <v>20251233</v>
+      </c>
+      <c r="B611" t="s">
+        <v>1547</v>
+      </c>
+      <c r="C611" s="2" t="s">
+        <v>1661</v>
+      </c>
+      <c r="D611" t="s">
+        <v>1662</v>
+      </c>
+      <c r="E611" t="s">
+        <v>11</v>
+      </c>
+      <c r="F611" t="s">
+        <v>16</v>
+      </c>
+      <c r="G611" t="s">
+        <v>1663</v>
+      </c>
+    </row>
+    <row r="612" spans="1:7">
+      <c r="A612">
+        <v>20251234</v>
+      </c>
+      <c r="B612" t="s">
+        <v>1664</v>
+      </c>
+      <c r="C612" s="2" t="s">
+        <v>1665</v>
+      </c>
+      <c r="D612" t="s">
+        <v>1662</v>
+      </c>
+      <c r="E612" t="s">
+        <v>11</v>
+      </c>
+      <c r="F612" t="s">
+        <v>16</v>
+      </c>
+      <c r="G612" t="s">
+        <v>1666</v>
+      </c>
+    </row>
+    <row r="613" spans="1:7">
+      <c r="A613">
+        <v>20251235</v>
+      </c>
+      <c r="B613" t="s">
+        <v>1667</v>
+      </c>
+      <c r="C613" s="2" t="s">
+        <v>1668</v>
+      </c>
+      <c r="D613" t="s">
+        <v>1662</v>
+      </c>
+      <c r="E613" t="s">
+        <v>11</v>
+      </c>
+      <c r="F613" t="s">
+        <v>16</v>
+      </c>
+      <c r="G613" t="s">
+        <v>1669</v>
+      </c>
+    </row>
+    <row r="614" spans="1:7">
+      <c r="A614">
+        <v>20251237</v>
+      </c>
+      <c r="B614" t="s">
+        <v>1670</v>
+      </c>
+      <c r="C614" s="2" t="s">
+        <v>1671</v>
+      </c>
+      <c r="D614" t="s">
+        <v>1662</v>
+      </c>
+      <c r="E614" t="s">
+        <v>11</v>
+      </c>
+      <c r="F614" t="s">
+        <v>16</v>
+      </c>
+      <c r="G614" t="s">
+        <v>1672</v>
+      </c>
+    </row>
+    <row r="615" spans="1:7">
+      <c r="A615">
+        <v>20251238</v>
+      </c>
+      <c r="B615" t="s">
+        <v>1673</v>
+      </c>
+      <c r="C615" s="2" t="s">
+        <v>1674</v>
+      </c>
+      <c r="D615" t="s">
+        <v>1662</v>
+      </c>
+      <c r="E615" t="s">
+        <v>11</v>
+      </c>
+      <c r="F615" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="616" spans="1:7">
+      <c r="A616">
+        <v>20251239</v>
+      </c>
+      <c r="B616" t="s">
+        <v>1675</v>
+      </c>
+      <c r="C616" s="2" t="s">
+        <v>1676</v>
+      </c>
+      <c r="D616" t="s">
+        <v>1662</v>
+      </c>
+      <c r="E616" t="s">
+        <v>11</v>
+      </c>
+      <c r="F616" t="s">
+        <v>16</v>
+      </c>
+      <c r="G616" t="s">
+        <v>1677</v>
+      </c>
+    </row>
+    <row r="617" spans="1:7">
+      <c r="A617">
+        <v>20251240</v>
+      </c>
+      <c r="B617" t="s">
+        <v>1678</v>
+      </c>
+      <c r="C617" s="2" t="s">
+        <v>1679</v>
+      </c>
+      <c r="D617" t="s">
+        <v>1680</v>
+      </c>
+      <c r="E617" t="s">
+        <v>11</v>
+      </c>
+      <c r="F617" t="s">
+        <v>16</v>
+      </c>
+      <c r="G617" t="s">
+        <v>1681</v>
+      </c>
+    </row>
+    <row r="618" spans="1:7">
+      <c r="A618">
+        <v>20251241</v>
+      </c>
+      <c r="B618" t="s">
+        <v>1682</v>
+      </c>
+      <c r="C618" s="2" t="s">
+        <v>1683</v>
+      </c>
+      <c r="D618" t="s">
+        <v>1680</v>
+      </c>
+      <c r="E618" t="s">
+        <v>11</v>
+      </c>
+      <c r="F618" t="s">
+        <v>16</v>
+      </c>
+      <c r="G618" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="619" spans="1:7">
+      <c r="A619">
+        <v>20251242</v>
+      </c>
+      <c r="B619" t="s">
+        <v>1684</v>
+      </c>
+      <c r="C619" s="2" t="s">
+        <v>1685</v>
+      </c>
+      <c r="D619" t="s">
+        <v>1686</v>
+      </c>
+      <c r="E619" t="s">
+        <v>11</v>
+      </c>
+      <c r="F619" t="s">
+        <v>16</v>
+      </c>
+      <c r="G619" t="s">
+        <v>1023</v>
+      </c>
+    </row>
+    <row r="620" spans="1:7">
+      <c r="A620">
+        <v>20251243</v>
+      </c>
+      <c r="B620" t="s">
+        <v>1470</v>
+      </c>
+      <c r="C620" s="2" t="s">
+        <v>1687</v>
+      </c>
+      <c r="D620" t="s">
+        <v>1688</v>
+      </c>
+      <c r="E620" t="s">
+        <v>11</v>
+      </c>
+      <c r="F620" t="s">
+        <v>33</v>
+      </c>
+      <c r="G620" t="s">
+        <v>1689</v>
+      </c>
+    </row>
+    <row r="621" spans="1:7">
+      <c r="A621">
+        <v>20251244</v>
+      </c>
+      <c r="B621" t="s">
+        <v>1483</v>
+      </c>
+      <c r="C621" s="2" t="s">
+        <v>1690</v>
+      </c>
+      <c r="D621" t="s">
+        <v>1691</v>
+      </c>
+      <c r="E621" t="s">
+        <v>11</v>
+      </c>
+      <c r="F621" t="s">
+        <v>1619</v>
+      </c>
+      <c r="G621" t="s">
+        <v>1692</v>
+      </c>
+    </row>
+    <row r="622" spans="1:7">
+      <c r="A622">
+        <v>20251245</v>
+      </c>
+      <c r="B622" t="s">
+        <v>1693</v>
+      </c>
+      <c r="C622" s="2" t="s">
+        <v>1694</v>
+      </c>
+      <c r="D622" t="s">
+        <v>1695</v>
+      </c>
+      <c r="E622" t="s">
+        <v>11</v>
+      </c>
+      <c r="F622" t="s">
+        <v>16</v>
+      </c>
+      <c r="G622" t="s">
+        <v>1696</v>
+      </c>
+    </row>
+    <row r="623" spans="1:7">
+      <c r="A623">
+        <v>20251246</v>
+      </c>
+      <c r="B623" t="s">
+        <v>1697</v>
+      </c>
+      <c r="C623" s="2" t="s">
+        <v>1698</v>
+      </c>
+      <c r="D623" t="s">
+        <v>1695</v>
+      </c>
+      <c r="E623" t="s">
+        <v>11</v>
+      </c>
+      <c r="F623" t="s">
+        <v>16</v>
+      </c>
+      <c r="G623" t="s">
+        <v>1699</v>
+      </c>
+    </row>
+    <row r="624" spans="1:7">
+      <c r="A624">
+        <v>20251247</v>
+      </c>
+      <c r="B624" t="s">
+        <v>1700</v>
+      </c>
+      <c r="C624" s="2" t="s">
+        <v>1701</v>
+      </c>
+      <c r="D624" t="s">
+        <v>1695</v>
+      </c>
+      <c r="E624" t="s">
+        <v>11</v>
+      </c>
+      <c r="F624" t="s">
+        <v>16</v>
+      </c>
+      <c r="G624" t="s">
+        <v>1702</v>
+      </c>
+    </row>
+    <row r="625" spans="1:7">
+      <c r="A625" t="s">
+        <v>1703</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>